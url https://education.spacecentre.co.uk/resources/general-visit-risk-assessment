--- v0 (2025-10-12)
+++ v1 (2026-02-15)
@@ -9,174 +9,173 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="004B3984" w:rsidR="0019429B" w:rsidP="007B4B49" w:rsidRDefault="00DB0B6F" w14:paraId="6C5991B5" w14:textId="77777777">
+    <w:p w14:paraId="6C5991B5" w14:textId="77777777" w:rsidR="0019429B" w:rsidRPr="004B3984" w:rsidRDefault="00DB0B6F" w:rsidP="007B4B49">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="004B3984">
         <w:rPr>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>National Space Centre</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3984" w:rsidR="00FE256C">
+      <w:r w:rsidR="00FE256C" w:rsidRPr="004B3984">
         <w:rPr>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B3984">
         <w:rPr>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3984" w:rsidR="00FE256C">
+      <w:r w:rsidR="00FE256C" w:rsidRPr="004B3984">
         <w:rPr>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3984" w:rsidR="0019429B">
+      <w:r w:rsidR="0019429B" w:rsidRPr="004B3984">
         <w:rPr>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Risk Assessment Form</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B3984" w:rsidR="0019429B">
+      <w:r w:rsidR="0019429B" w:rsidRPr="004B3984">
         <w:cr/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DB0B6F" w:rsidR="0019429B" w:rsidRDefault="0019429B" w14:paraId="4337D0BD" w14:textId="0CFF72E3">
+    <w:p w14:paraId="4337D0BD" w14:textId="0CFF72E3" w:rsidR="0019429B" w:rsidRPr="00DB0B6F" w:rsidRDefault="0019429B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB0B6F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Risk Assessment</w:t>
       </w:r>
       <w:r w:rsidR="00816851">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Reference </w:t>
       </w:r>
       <w:r w:rsidR="003C4AF0">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00816851">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F36488">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RA035</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DB0B6F" w:rsidR="00E0220F" w:rsidP="00E0220F" w:rsidRDefault="00E0220F" w14:paraId="4F4FCE2F" w14:textId="77777777">
+    <w:p w14:paraId="4F4FCE2F" w14:textId="77777777" w:rsidR="00E0220F" w:rsidRPr="00DB0B6F" w:rsidRDefault="00E0220F" w:rsidP="00E0220F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15735" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5952"/>
         <w:gridCol w:w="9783"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="002671CD" w:rsidTr="15B3CABB" w14:paraId="15D9D9F5" w14:textId="77777777">
+      <w:tr w:rsidR="002671CD" w:rsidRPr="00DB0B6F" w14:paraId="15D9D9F5" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:themeColor="background1" w:themeShade="80" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="002671CD" w:rsidP="004B3984" w:rsidRDefault="004B3984" w14:paraId="43A5ADA7" w14:textId="74D2A83B">
+          </w:tcPr>
+          <w:p w14:paraId="43A5ADA7" w14:textId="74D2A83B" w:rsidR="002671CD" w:rsidRPr="00DB0B6F" w:rsidRDefault="004B3984" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
             <w:r w:rsidR="00B22BE7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -199,93 +198,91 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or activity</w:t>
             </w:r>
             <w:r w:rsidR="00333802">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> being carried out</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:themeColor="background1" w:themeShade="80" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="002671CD" w:rsidP="002671CD" w:rsidRDefault="00521FAC" w14:paraId="4603AB92" w14:textId="1E722ECE">
+          </w:tcPr>
+          <w:p w14:paraId="4603AB92" w14:textId="1E722ECE" w:rsidR="002671CD" w:rsidRPr="00142D88" w:rsidRDefault="00521FAC" w:rsidP="002671CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>National Space Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="002671CD" w:rsidTr="15B3CABB" w14:paraId="19659533" w14:textId="77777777">
+      <w:tr w:rsidR="002671CD" w:rsidRPr="00DB0B6F" w14:paraId="19659533" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="002671CD" w:rsidP="004B3984" w:rsidRDefault="004B3984" w14:paraId="618B3E47" w14:textId="56B7A76C">
+          </w:tcPr>
+          <w:p w14:paraId="618B3E47" w14:textId="56B7A76C" w:rsidR="002671CD" w:rsidRPr="00DB0B6F" w:rsidRDefault="004B3984" w:rsidP="004B3984">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3870"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Equipment</w:t>
             </w:r>
             <w:r w:rsidR="00B357B5">
               <w:rPr>
@@ -311,7582 +308,7552 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> or activity</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> to be assessed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="002671CD" w:rsidP="002671CD" w:rsidRDefault="00521FAC" w14:paraId="35E1256D" w14:textId="3E4EB6CF">
+          </w:tcPr>
+          <w:p w14:paraId="35E1256D" w14:textId="3E4EB6CF" w:rsidR="002671CD" w:rsidRPr="00142D88" w:rsidRDefault="00521FAC" w:rsidP="002671CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Generic School Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="004B3984" w:rsidTr="15B3CABB" w14:paraId="4819DF5F" w14:textId="77777777">
+      <w:tr w:rsidR="004B3984" w:rsidRPr="00DB0B6F" w14:paraId="4819DF5F" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="004B3984" w:rsidP="004B3984" w:rsidRDefault="004B3984" w14:paraId="69198DC2" w14:textId="1AC05D64">
+          </w:tcPr>
+          <w:p w14:paraId="69198DC2" w14:textId="1AC05D64" w:rsidR="004B3984" w:rsidRPr="00DB0B6F" w:rsidRDefault="004B3984" w:rsidP="004B3984">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3870"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Description of </w:t>
             </w:r>
             <w:r w:rsidR="00B357B5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>task or activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="004B3984" w:rsidP="002671CD" w:rsidRDefault="00521FAC" w14:paraId="14602937" w14:textId="5BDB8A27">
+          </w:tcPr>
+          <w:p w14:paraId="14602937" w14:textId="5BDB8A27" w:rsidR="004B3984" w:rsidRPr="00142D88" w:rsidRDefault="00521FAC" w:rsidP="002671CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">School trips including workshops, table top activities, planetarium show and exploration of the National Space Centre galleries. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidTr="15B3CABB" w14:paraId="35221C04" w14:textId="77777777">
+      <w:tr w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w14:paraId="35221C04" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="00317F60" w14:paraId="239B28CA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="239B28CA" w14:textId="77777777" w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w:rsidRDefault="00317F60" w:rsidP="00317F60">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date of assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="003A1CE1" w14:paraId="127888BB" w14:textId="0AA9442C">
+          </w:tcPr>
+          <w:p w14:paraId="127888BB" w14:textId="0AA9442C" w:rsidR="00317F60" w:rsidRPr="00142D88" w:rsidRDefault="003A1CE1" w:rsidP="00317F60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17/07/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidTr="15B3CABB" w14:paraId="12065C21" w14:textId="77777777">
+      <w:tr w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w14:paraId="12065C21" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="00317F60" w14:paraId="78999420" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="78999420" w14:textId="77777777" w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w:rsidRDefault="00317F60" w:rsidP="00317F60">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Last review date (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="00F36488" w14:paraId="36D48530" w14:textId="07B2F412">
+          </w:tcPr>
+          <w:p w14:paraId="36D48530" w14:textId="66B2C699" w:rsidR="00317F60" w:rsidRPr="00142D88" w:rsidRDefault="00F36488" w:rsidP="00317F60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="15B3CABB" w:rsidR="00F36488">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>08/07/202</w:t>
-[...7 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>08/07/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidTr="15B3CABB" w14:paraId="0450E096" w14:textId="77777777">
+      <w:tr w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w14:paraId="0450E096" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="00317F60" w14:paraId="190921BA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="190921BA" w14:textId="77777777" w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w:rsidRDefault="00317F60" w:rsidP="00317F60">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Next review date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="00521FAC" w14:paraId="0E5F97D8" w14:textId="78B09F82">
+          </w:tcPr>
+          <w:p w14:paraId="0E5F97D8" w14:textId="78B09F82" w:rsidR="00317F60" w:rsidRPr="00142D88" w:rsidRDefault="00521FAC" w:rsidP="00317F60">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ju</w:t>
             </w:r>
             <w:r w:rsidR="003A1CE1">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ly </w:t>
             </w:r>
-            <w:r w:rsidRPr="0226A841" w:rsidR="00317F60">
+            <w:r w:rsidR="00317F60" w:rsidRPr="0226A841">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2026 but earlier review date required following outcomes of accidents, absences and near misses, or changes to processes, work methods, materials, technology, equipment or legislation. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidTr="15B3CABB" w14:paraId="28253ADF" w14:textId="77777777">
+      <w:tr w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w14:paraId="28253ADF" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="00317F60" w14:paraId="2DC486ED" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2DC486ED" w14:textId="77777777" w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w:rsidRDefault="00317F60" w:rsidP="00317F60">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Risk Assessment created by [name / date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="003A1CE1" w14:paraId="677900EC" w14:textId="1A761B60">
+          </w:tcPr>
+          <w:p w14:paraId="677900EC" w14:textId="1A761B60" w:rsidR="00317F60" w:rsidRPr="00142D88" w:rsidRDefault="003A1CE1" w:rsidP="00317F60">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Katrina May Neve [17/07/2025]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidTr="15B3CABB" w14:paraId="7598F264" w14:textId="77777777">
+      <w:tr w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w14:paraId="7598F264" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:trHeight w:val="297"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="00317F60" w14:paraId="37504E62" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="37504E62" w14:textId="77777777" w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w:rsidRDefault="00317F60" w:rsidP="00317F60">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Authorised by Line Manager [name / date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="003A1CE1" w14:paraId="1EDBE97C" w14:textId="1D38160D">
+          </w:tcPr>
+          <w:p w14:paraId="1EDBE97C" w14:textId="1D38160D" w:rsidR="00317F60" w:rsidRPr="00142D88" w:rsidRDefault="003A1CE1" w:rsidP="00317F60">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Katrina May Neve [17/07/2025]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidTr="15B3CABB" w14:paraId="7F8FCC44" w14:textId="77777777">
+      <w:tr w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w14:paraId="7F8FCC44" w14:textId="77777777" w:rsidTr="00602B37">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5952" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00DB0B6F" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="00317F60" w14:paraId="0797D6F3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0797D6F3" w14:textId="77777777" w:rsidR="00317F60" w:rsidRPr="00DB0B6F" w:rsidRDefault="00317F60" w:rsidP="00317F60">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Authorised by Health and Safety Manager [name/ date]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9783" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00142D88" w:rsidR="00317F60" w:rsidP="00317F60" w:rsidRDefault="003A1CE1" w14:paraId="671DDC0D" w14:textId="0BB2C4B9">
+          </w:tcPr>
+          <w:p w14:paraId="671DDC0D" w14:textId="0BB2C4B9" w:rsidR="00317F60" w:rsidRPr="00142D88" w:rsidRDefault="003A1CE1" w:rsidP="00317F60">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Katrina May Neve [17/07/2025]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0019429B" w:rsidRDefault="0019429B" w14:paraId="4A9C3BF9" w14:textId="77777777">
+    <w:p w14:paraId="4A9C3BF9" w14:textId="77777777" w:rsidR="0019429B" w:rsidRDefault="0019429B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15735" w:type="dxa"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="808080" w:themeColor="background1" w:themeShade="80" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2945"/>
         <w:gridCol w:w="1892"/>
         <w:gridCol w:w="3810"/>
         <w:gridCol w:w="2098"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1965"/>
         <w:gridCol w:w="1465"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidTr="003F32C6" w14:paraId="2E462C1B" w14:textId="56E99E69">
+      <w:tr w:rsidR="000132F7" w:rsidRPr="00740B50" w14:paraId="2E462C1B" w14:textId="56E99E69" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="66B58F41" w14:textId="77777777">
+          <w:p w14:paraId="66B58F41" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>What are the hazards?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="5E459B9C" w14:textId="77777777">
+          <w:p w14:paraId="5E459B9C" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Something with the potential to cause harm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="2F6F9833" w14:textId="77777777">
+          <w:p w14:paraId="2F6F9833" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who might be harmed and how?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="672E9EE9" w14:textId="77777777">
+          <w:p w14:paraId="672E9EE9" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Control Measures</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="02934E4E" w14:textId="77777777">
+          <w:p w14:paraId="02934E4E" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>What is already in place to reduce the risk?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="682FAAE6" w14:textId="77777777">
+          <w:p w14:paraId="682FAAE6" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Additional Control Measures</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="07BC2BFA" w14:textId="77777777">
+          <w:p w14:paraId="07BC2BFA" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>What needs to be put in place to further reduce the risk?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="58EFC7F2" w14:textId="77777777">
+          <w:p w14:paraId="58EFC7F2" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Risk Rating</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="000132F7" w14:paraId="01D67C9D" w14:textId="77777777">
+          <w:p w14:paraId="01D67C9D" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Refer to risk matrix below</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="00740B50" w14:paraId="2665E670" w14:textId="2DC9BFC2">
+          <w:p w14:paraId="2665E670" w14:textId="2DC9BFC2" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="00740B50" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Timescales for further actions to be completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="004B3984" w:rsidRDefault="00740B50" w14:paraId="5B6F16CE" w14:textId="3C4B12DF">
+          <w:p w14:paraId="5B6F16CE" w14:textId="3C4B12DF" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="00740B50" w:rsidP="004B3984">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Responsible person’s job title </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidTr="003F32C6" w14:paraId="6C361B40" w14:textId="71A1301C">
+      <w:tr w:rsidR="000132F7" w:rsidRPr="00740B50" w14:paraId="6C361B40" w14:textId="71A1301C" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1534"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000132F7" w:rsidP="002E29C0" w:rsidRDefault="00521FAC" w14:paraId="1FECB4D0" w14:textId="77777777">
+          <w:p w14:paraId="1FECB4D0" w14:textId="77777777" w:rsidR="000132F7" w:rsidRDefault="00521FAC" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Contact with a moving vehicle</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00521FAC" w:rsidP="002E29C0" w:rsidRDefault="00521FAC" w14:paraId="010A394F" w14:textId="77777777">
+          <w:p w14:paraId="010A394F" w14:textId="77777777" w:rsidR="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Cars and coaches in the area where students are alighting. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00521FAC" w:rsidP="002E29C0" w:rsidRDefault="00521FAC" w14:paraId="7AF47A42" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00521FAC" w:rsidR="00521FAC" w:rsidP="002E29C0" w:rsidRDefault="00521FAC" w14:paraId="5516E458" w14:textId="79BD98EC">
+          <w:p w14:paraId="7AF47A42" w14:textId="77777777" w:rsidR="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="002E29C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5516E458" w14:textId="79BD98EC" w:rsidR="00521FAC" w:rsidRPr="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">General visitors arriving on site via car. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="002E29C0" w:rsidRDefault="000132F7" w14:paraId="6A42EA52" w14:textId="44F213DA">
+          <w:p w14:paraId="6A42EA52" w14:textId="44F213DA" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="002E29C0" w:rsidRDefault="00521FAC" w14:paraId="3C630888" w14:textId="4304832F">
+          <w:p w14:paraId="3C630888" w14:textId="4304832F" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="00521FAC" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students and teachers arriving to site via coach</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="504A8C66" w:rsidRDefault="000132F7" w14:paraId="39ECA6B6" w14:textId="19178C0A">
-[...8 lines deleted...]
-          <w:p w:rsidR="000132F7" w:rsidP="001A3731" w:rsidRDefault="000132F7" w14:paraId="144D1FA6" w14:textId="77777777">
+          <w:p w14:paraId="39ECA6B6" w14:textId="19178C0A" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="504A8C66">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="144D1FA6" w14:textId="77777777" w:rsidR="000132F7" w:rsidRDefault="000132F7" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00521FAC" w:rsidR="00521FAC" w:rsidP="001A3731" w:rsidRDefault="00521FAC" w14:paraId="24762C51" w14:textId="3F7C888D">
+          <w:p w14:paraId="24762C51" w14:textId="3F7C888D" w:rsidR="00521FAC" w:rsidRPr="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Potential to sustain injury from a moving vehicle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000132F7" w:rsidP="001A3731" w:rsidRDefault="00521FAC" w14:paraId="6B58BBB7" w14:textId="77777777">
+          <w:p w14:paraId="6B58BBB7" w14:textId="77777777" w:rsidR="000132F7" w:rsidRDefault="00521FAC" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>All school groups are met on arrival by designated members of Space Crew.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00521FAC" w:rsidP="001A3731" w:rsidRDefault="00521FAC" w14:paraId="48D7577A" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00521FAC" w:rsidP="001A3731" w:rsidRDefault="00521FAC" w14:paraId="31F6B922" w14:textId="77777777">
+          <w:p w14:paraId="48D7577A" w14:textId="77777777" w:rsidR="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="001A3731">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31F6B922" w14:textId="77777777" w:rsidR="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">All coaches will be default, parked at the designated coach park to avoid the need for children to cross any roads. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00521FAC" w:rsidP="001A3731" w:rsidRDefault="00521FAC" w14:paraId="02CB94BC" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00521FAC" w:rsidP="001A3731" w:rsidRDefault="00521FAC" w14:paraId="4E94C675" w14:textId="77777777">
+          <w:p w14:paraId="02CB94BC" w14:textId="77777777" w:rsidR="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="001A3731">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E94C675" w14:textId="77777777" w:rsidR="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Full briefing made to all students and teachers on what traffic routes are safe and the pathways that should be used by students at all times.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00521FAC" w:rsidP="001A3731" w:rsidRDefault="00521FAC" w14:paraId="39BB9C81" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00521FAC" w:rsidP="001A3731" w:rsidRDefault="00521FAC" w14:paraId="2798FB97" w14:textId="77777777">
+          <w:p w14:paraId="39BB9C81" w14:textId="77777777" w:rsidR="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="001A3731">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2798FB97" w14:textId="77777777" w:rsidR="00521FAC" w:rsidRDefault="00521FAC" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Schools will be asked to arrive at staggered time</w:t>
             </w:r>
             <w:r w:rsidR="002D5D85">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">s. If there is an overlap, students will stay on the coach until the route is clear. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D5D85" w:rsidP="001A3731" w:rsidRDefault="002D5D85" w14:paraId="06B5B8CF" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="002D5D85" w:rsidP="001A3731" w:rsidRDefault="002D5D85" w14:paraId="05C82DD6" w14:textId="77777777">
+          <w:p w14:paraId="06B5B8CF" w14:textId="77777777" w:rsidR="002D5D85" w:rsidRDefault="002D5D85" w:rsidP="001A3731">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05C82DD6" w14:textId="77777777" w:rsidR="002D5D85" w:rsidRDefault="002D5D85" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Radio communication maintained between Space Crew and Security team members at all times to allow for smooth traffic flow and identification of potential traffic related issues. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D5D85" w:rsidP="001A3731" w:rsidRDefault="002D5D85" w14:paraId="0493CC2F" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00740B50" w:rsidR="002D5D85" w:rsidP="001A3731" w:rsidRDefault="002D5D85" w14:paraId="648EF704" w14:textId="3B1B7110">
+          <w:p w14:paraId="0493CC2F" w14:textId="77777777" w:rsidR="002D5D85" w:rsidRDefault="002D5D85" w:rsidP="001A3731">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="648EF704" w14:textId="3B1B7110" w:rsidR="002D5D85" w:rsidRPr="00740B50" w:rsidRDefault="002D5D85" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum speed limit in car park and coach park set to 5mph. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="001A3731" w:rsidRDefault="002D5D85" w14:paraId="5BA73B41" w14:textId="03950133">
+          <w:p w14:paraId="5BA73B41" w14:textId="03950133" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="002D5D85" w:rsidP="001A3731">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="002E29C0" w:rsidRDefault="000132F7" w14:paraId="39990E8C" w14:textId="065BB3A9">
+          <w:p w14:paraId="39990E8C" w14:textId="065BB3A9" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Likelihood: </w:t>
             </w:r>
             <w:r w:rsidR="002D5D85">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="002E29C0" w:rsidRDefault="000132F7" w14:paraId="3FCFD3D8" w14:textId="0707FB5E">
+          <w:p w14:paraId="3FCFD3D8" w14:textId="0707FB5E" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Severity: </w:t>
             </w:r>
             <w:r w:rsidR="002D5D85">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000132F7" w:rsidP="002E29C0" w:rsidRDefault="000132F7" w14:paraId="785756DF" w14:textId="77777777">
+          <w:p w14:paraId="785756DF" w14:textId="77777777" w:rsidR="000132F7" w:rsidRDefault="000132F7" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Risk Rating: </w:t>
             </w:r>
             <w:r w:rsidR="002D5D85">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="002D5D85" w:rsidP="002E29C0" w:rsidRDefault="002D5D85" w14:paraId="22FEEE25" w14:textId="77B4ED9B">
+          <w:p w14:paraId="22FEEE25" w14:textId="77B4ED9B" w:rsidR="002D5D85" w:rsidRPr="00740B50" w:rsidRDefault="002D5D85" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D5D85">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="002E29C0" w:rsidRDefault="002D5D85" w14:paraId="2902D1C4" w14:textId="4F2B0427">
+          <w:p w14:paraId="2902D1C4" w14:textId="4F2B0427" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="002D5D85" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="002E29C0" w:rsidRDefault="002D5D85" w14:paraId="4FBF9988" w14:textId="015FA083">
+          <w:p w14:paraId="4FBF9988" w14:textId="015FA083" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="002D5D85" w:rsidP="002E29C0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidTr="003F32C6" w14:paraId="60B5CE56" w14:textId="59FFD970">
+      <w:tr w:rsidR="000132F7" w:rsidRPr="00740B50" w14:paraId="60B5CE56" w14:textId="59FFD970" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D5D85" w:rsidP="008F436F" w:rsidRDefault="002D5D85" w14:paraId="67866B37" w14:textId="77777777">
+          <w:p w14:paraId="67866B37" w14:textId="77777777" w:rsidR="002D5D85" w:rsidRDefault="002D5D85" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Fire and Evacuation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="002D5D85" w:rsidR="002D5D85" w:rsidP="008F436F" w:rsidRDefault="002D5D85" w14:paraId="72C0584A" w14:textId="3DDDA06B">
+          <w:p w14:paraId="72C0584A" w14:textId="3DDDA06B" w:rsidR="002D5D85" w:rsidRPr="002D5D85" w:rsidRDefault="002D5D85" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Evacuation of students, teachers and </w:t>
             </w:r>
             <w:r w:rsidR="00F07BDC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>supervisors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> during a fire or other emergency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="000132F7" w14:paraId="5807FA41" w14:textId="77777777">
+          <w:p w14:paraId="5807FA41" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="00F07BDC" w14:paraId="5641856A" w14:textId="1F3A8E17">
+          <w:p w14:paraId="5641856A" w14:textId="1F3A8E17" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="00F07BDC" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students, teachers, supervisors</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="000132F7" w14:paraId="6152338D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="000132F7" w:rsidP="504A8C66" w:rsidRDefault="000132F7" w14:paraId="0AFDE206" w14:textId="77777777">
+          <w:p w14:paraId="6152338D" w14:textId="77777777" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="008F436F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AFDE206" w14:textId="77777777" w:rsidR="000132F7" w:rsidRDefault="000132F7" w:rsidP="504A8C66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F07BDC" w:rsidR="00F07BDC" w:rsidP="504A8C66" w:rsidRDefault="00F07BDC" w14:paraId="0B5CE949" w14:textId="5CDEC3CB">
+          <w:p w14:paraId="0B5CE949" w14:textId="5CDEC3CB" w:rsidR="00F07BDC" w:rsidRPr="00F07BDC" w:rsidRDefault="00F07BDC" w:rsidP="504A8C66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Potential to become disoriented or anxious during an evacuation, exposure to fire, exposure to smoke, unconsciousness, fatalities, burns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000132F7" w:rsidP="00882439" w:rsidRDefault="00F07BDC" w14:paraId="564B4DF7" w14:textId="4FBDB70F">
+          <w:p w14:paraId="564B4DF7" w14:textId="4FBDB70F" w:rsidR="000132F7" w:rsidRDefault="00F07BDC" w:rsidP="00882439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Fire exit routes are clearly marked within the centre. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F07BDC" w:rsidP="00882439" w:rsidRDefault="00F07BDC" w14:paraId="61E3D1DB" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00F07BDC" w:rsidP="00882439" w:rsidRDefault="00F07BDC" w14:paraId="408318BB" w14:textId="36A88313">
+          <w:p w14:paraId="61E3D1DB" w14:textId="77777777" w:rsidR="00F07BDC" w:rsidRDefault="00F07BDC" w:rsidP="00882439">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="408318BB" w14:textId="36A88313" w:rsidR="00F07BDC" w:rsidRDefault="00F07BDC" w:rsidP="00882439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Evacuation from the galleries made via the nearest available fire exit. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F07BDC" w:rsidP="00882439" w:rsidRDefault="00F07BDC" w14:paraId="53631A4D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00740B50" w:rsidR="00F07BDC" w:rsidP="00882439" w:rsidRDefault="00F07BDC" w14:paraId="19906BB0" w14:textId="7125A2C7">
+          <w:p w14:paraId="53631A4D" w14:textId="77777777" w:rsidR="00F07BDC" w:rsidRDefault="00F07BDC" w:rsidP="00882439">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19906BB0" w14:textId="7125A2C7" w:rsidR="00F07BDC" w:rsidRPr="00740B50" w:rsidRDefault="00F07BDC" w:rsidP="00882439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Space Crew are trained fire wardens, with daily assigned positions to ensure a safe evacuation. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="00882439" w:rsidRDefault="000132F7" w14:paraId="066E43C1" w14:textId="156E6432">
+          <w:p w14:paraId="066E43C1" w14:textId="156E6432" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="00882439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="00F07BDC" w14:paraId="4F29F95C" w14:textId="31146AAA">
+          <w:p w14:paraId="4F29F95C" w14:textId="31146AAA" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="00F07BDC" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="000132F7" w14:paraId="18502BBF" w14:textId="774CD13F">
+          <w:p w14:paraId="18502BBF" w14:textId="774CD13F" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Likelihood: </w:t>
             </w:r>
             <w:r w:rsidR="00F07BDC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="000132F7" w14:paraId="56AAF263" w14:textId="590467C1">
+          <w:p w14:paraId="56AAF263" w14:textId="590467C1" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="000132F7" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Severity: </w:t>
             </w:r>
             <w:r w:rsidR="00F07BDC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="000132F7" w14:paraId="472E7435" w14:textId="77777777">
+          <w:p w14:paraId="472E7435" w14:textId="77777777" w:rsidR="000132F7" w:rsidRDefault="000132F7" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Risk Rating: </w:t>
             </w:r>
             <w:r w:rsidR="00F07BDC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="00F07BDC" w:rsidP="008F436F" w:rsidRDefault="00F07BDC" w14:paraId="77219C0C" w14:textId="5EFC24CF">
+          <w:p w14:paraId="77219C0C" w14:textId="5EFC24CF" w:rsidR="00F07BDC" w:rsidRPr="00740B50" w:rsidRDefault="00F07BDC" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F07BDC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="00F07BDC" w14:paraId="5F6C81A0" w14:textId="4BDAEB9A">
+          <w:p w14:paraId="5F6C81A0" w14:textId="4BDAEB9A" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="00F07BDC" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="000132F7" w:rsidP="008F436F" w:rsidRDefault="00F07BDC" w14:paraId="474589BC" w14:textId="0DCEF007">
+          <w:p w14:paraId="474589BC" w14:textId="0DCEF007" w:rsidR="000132F7" w:rsidRPr="00740B50" w:rsidRDefault="00F07BDC" w:rsidP="008F436F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidTr="003F32C6" w14:paraId="7FA0AC89" w14:textId="799F2A82">
+      <w:tr w:rsidR="006869D5" w:rsidRPr="00740B50" w14:paraId="7FA0AC89" w14:textId="799F2A82" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="614F1BA5" w14:textId="77777777">
+          <w:p w14:paraId="614F1BA5" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Fire and Evacuation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F07BDC" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="4B50B6A1" w14:textId="4DBA1999">
+          <w:p w14:paraId="4B50B6A1" w14:textId="4DBA1999" w:rsidR="006869D5" w:rsidRPr="00F07BDC" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Evacuation of wheelchair users and those with additional requirements when evacuating</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="0B20C617" w14:textId="77777777">
+          <w:p w14:paraId="0B20C617" w14:textId="77777777" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="2B302B13" w14:textId="696F36AE">
+          <w:p w14:paraId="2B302B13" w14:textId="696F36AE" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students, teachers, supervisors</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="4938A4E7" w14:textId="66465F00">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="7CC27772" w14:textId="77777777">
+          <w:p w14:paraId="4938A4E7" w14:textId="66465F00" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CC27772" w14:textId="77777777" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="727B0F09" w14:textId="3E9173E0">
+          <w:p w14:paraId="727B0F09" w14:textId="3E9173E0" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Potential to become disoriented or anxious during an evacuation, exposure to fire, exposure to smoke, unconsciousness, fatalities, burns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="55AD938B" w14:textId="77777777">
+          <w:p w14:paraId="55AD938B" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">All members of Space Crew are trained fire wardens, with daily assigned positions to ensure a safe evacuation. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="1196EC46" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="1F46984E" w14:textId="77777777">
+          <w:p w14:paraId="1196EC46" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F46984E" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Suitable means of escape provided for disabled visitors, with refuge areas, evacuation chairs and ramps being provided for use. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="26708B76" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="7D5075DA" w14:textId="77777777">
+          <w:p w14:paraId="26708B76" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D5075DA" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Where evacuation chairs are provided, only trained employees are to use these, and only trained employees are to work within the rocket tower. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="57433AFE" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="4DA09C73" w14:textId="77777777">
+          <w:p w14:paraId="57433AFE" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DA09C73" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Rocket tower stairwell is a refuge area, with fire rated compartmentation of 60 minutes. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="57BE4D53" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="75FCB039" w14:textId="5AA896F9">
+          <w:p w14:paraId="57BE4D53" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75FCB039" w14:textId="5AA896F9" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Emergency telephones installed on each deck of the rocket tower to allow for communication between those in the refuge area and the National Space Centre building controller or the Fire Brigade. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="7A016088" w14:textId="00B17BF6">
+          <w:p w14:paraId="7A016088" w14:textId="00B17BF6" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="2E97A013" w14:textId="77777777">
+          <w:p w14:paraId="2E97A013" w14:textId="77777777" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Likelihood: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="09E4D3E8" w14:textId="77777777">
+          <w:p w14:paraId="09E4D3E8" w14:textId="77777777" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Severity: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="2AA222B1" w14:textId="77777777">
+          <w:p w14:paraId="2AA222B1" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00740B50">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Risk Rating: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="21E13BEB" w14:textId="2919B35C">
+          <w:p w14:paraId="21E13BEB" w14:textId="2919B35C" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F07BDC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="58C4593F" w14:textId="5A02A474">
+          <w:p w14:paraId="58C4593F" w14:textId="5A02A474" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="6A2EA394" w14:textId="326BD809">
+          <w:p w14:paraId="6A2EA394" w14:textId="326BD809" w:rsidR="006869D5" w:rsidRPr="00740B50" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="006869D5" w:rsidTr="003F32C6" w14:paraId="13046CE4" w14:textId="77777777">
+      <w:tr w:rsidR="006869D5" w:rsidRPr="00740B50" w14:paraId="13046CE4" w14:textId="77777777" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="7917DC80" w14:textId="77777777">
+          <w:p w14:paraId="7917DC80" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Cuts</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006869D5" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="495A1B29" w14:textId="3D484434">
+          <w:p w14:paraId="495A1B29" w14:textId="3D484434" w:rsidR="006869D5" w:rsidRPr="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Potential of injury from scissors or pencils used during workshops</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="42F1591A" w14:textId="77777777">
+          <w:p w14:paraId="42F1591A" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="799304A3" w14:textId="77777777">
+          <w:p w14:paraId="799304A3" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="7CB8CAD5" w14:textId="77777777">
+          <w:p w14:paraId="7CB8CAD5" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="7F7C0438" w14:textId="77777777">
+          <w:p w14:paraId="7F7C0438" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006869D5" w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="20D0D42E" w14:textId="3C3E6D92">
+          <w:p w14:paraId="20D0D42E" w14:textId="3C3E6D92" w:rsidR="006869D5" w:rsidRPr="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Cuts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="4055BF1D" w14:textId="77777777">
+          <w:p w14:paraId="4055BF1D" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Round ended blunt scissors are provided for use during workshops. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="4E47CAA0" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="4C74BC54" w14:textId="77777777">
+          <w:p w14:paraId="4E47CAA0" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C74BC54" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Students should be under the supervision of fully qualified staff. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="323B39F3" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="2EA6F77D" w14:textId="74655363">
+          <w:p w14:paraId="323B39F3" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EA6F77D" w14:textId="74655363" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Radio communication between NSC Discovery staff and first aiders. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="4F4C7088" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="006869D5" w14:paraId="0668ABDA" w14:textId="3F77A881">
+          <w:p w14:paraId="4F4C7088" w14:textId="77777777" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0668ABDA" w14:textId="3F77A881" w:rsidR="006869D5" w:rsidRDefault="006869D5" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Verbal instruction provided by NSC Discovery</w:t>
             </w:r>
             <w:r w:rsidR="00B1073C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> staff prior to beginning the activity. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="00B1073C" w14:paraId="78957414" w14:textId="524D748A">
+          <w:p w14:paraId="78957414" w14:textId="524D748A" w:rsidR="006869D5" w:rsidRDefault="00B1073C" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1073C" w:rsidP="006869D5" w:rsidRDefault="00B1073C" w14:paraId="0608B8A8" w14:textId="77777777">
+          <w:p w14:paraId="0608B8A8" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Likelihood: 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="006869D5" w:rsidRDefault="00B1073C" w14:paraId="0D9C1832" w14:textId="77777777">
+          <w:p w14:paraId="0D9C1832" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Severity: 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="006869D5" w:rsidRDefault="00B1073C" w14:paraId="5E485969" w14:textId="77777777">
+          <w:p w14:paraId="5E485969" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Risk Rating: 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00740B50" w:rsidR="00B1073C" w:rsidP="006869D5" w:rsidRDefault="00B1073C" w14:paraId="189311B6" w14:textId="5A73A6D9">
+          <w:p w14:paraId="189311B6" w14:textId="5A73A6D9" w:rsidR="00B1073C" w:rsidRPr="00740B50" w:rsidRDefault="00B1073C" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1073C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="00B1073C" w14:paraId="5D1B42EA" w14:textId="79BB7D9D">
+          <w:p w14:paraId="5D1B42EA" w14:textId="79BB7D9D" w:rsidR="006869D5" w:rsidRDefault="00B1073C" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006869D5" w:rsidP="006869D5" w:rsidRDefault="00B1073C" w14:paraId="79E2F601" w14:textId="06BCBAEB">
+          <w:p w14:paraId="79E2F601" w14:textId="06BCBAEB" w:rsidR="006869D5" w:rsidRDefault="00B1073C" w:rsidP="006869D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="00B1073C" w:rsidTr="003F32C6" w14:paraId="258C95C8" w14:textId="77777777">
+      <w:tr w:rsidR="00B1073C" w:rsidRPr="00740B50" w14:paraId="258C95C8" w14:textId="77777777" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="5DEE7809" w14:textId="77777777">
+          <w:p w14:paraId="5DEE7809" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Accident Reporting</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B1073C" w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="3F916FBB" w14:textId="5C8AC5F3">
+          <w:p w14:paraId="3F916FBB" w14:textId="5C8AC5F3" w:rsidR="00B1073C" w:rsidRPr="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Teachers reporting an accident, incident or near miss to NSC first aiders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="3D70EC86" w14:textId="77777777">
+          <w:p w14:paraId="3D70EC86" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="53B0AD14" w14:textId="77777777">
+          <w:p w14:paraId="53B0AD14" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students, teachers, supervisors</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="042E73D4" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="7702543A" w14:textId="77777777">
+          <w:p w14:paraId="042E73D4" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7702543A" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B1073C" w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="49782EF3" w14:textId="4CCD620E">
+          <w:p w14:paraId="49782EF3" w14:textId="4CCD620E" w:rsidR="00B1073C" w:rsidRPr="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Potential for students, teachers or supervisions to sustain minor injuries</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="5B66FCFB" w14:textId="77777777">
+          <w:p w14:paraId="5B66FCFB" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>A designated number of NSC staff are trained in First Aid at Work and able to administer first aid</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="4D41E8D4" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="119B6D9D" w14:textId="77777777">
+          <w:p w14:paraId="4D41E8D4" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="119B6D9D" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>All Space Crew team members aware of internal reporting procedure</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="3CA962CC" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="2F7B4804" w14:textId="77777777">
+          <w:p w14:paraId="3CA962CC" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F7B4804" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">All first aiders have been cleared with a DBS check to ensure they are able to work with children. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="72455AD0" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="37A98176" w14:textId="77777777">
+          <w:p w14:paraId="72455AD0" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37A98176" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Provision of a fully stocked first aid room. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="11EB6326" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="6F0C5A1E" w14:textId="77777777">
+          <w:p w14:paraId="11EB6326" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F0C5A1E" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Direct telephone line installed to enable contact with the emergency services if required. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="7D147381" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="22AE0E33" w14:textId="3E071A54">
+          <w:p w14:paraId="7D147381" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22AE0E33" w14:textId="3E071A54" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">All students and young persons to be accompanied by a teacher or supervisor when receiving first aid treatment on site. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="0A637FEA" w14:textId="495EBF8E">
+          <w:p w14:paraId="0A637FEA" w14:textId="495EBF8E" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="52E7804E" w14:textId="77777777">
+          <w:p w14:paraId="52E7804E" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Likelihood: 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="16320263" w14:textId="77777777">
+          <w:p w14:paraId="16320263" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Severity: 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="17923F79" w14:textId="77777777">
+          <w:p w14:paraId="17923F79" w14:textId="77777777" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Risk Rating: 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="262EEF21" w14:textId="6099BE93">
+          <w:p w14:paraId="262EEF21" w14:textId="6099BE93" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1073C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="71988486" w14:textId="05310165">
+          <w:p w14:paraId="71988486" w14:textId="05310165" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1073C" w:rsidP="00B1073C" w:rsidRDefault="00B1073C" w14:paraId="03210A16" w14:textId="440F3A10">
+          <w:p w14:paraId="03210A16" w14:textId="440F3A10" w:rsidR="00B1073C" w:rsidRDefault="00B1073C" w:rsidP="00B1073C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="006C606C" w:rsidTr="003F32C6" w14:paraId="45A618D1" w14:textId="77777777">
+      <w:tr w:rsidR="006C606C" w:rsidRPr="00740B50" w14:paraId="45A618D1" w14:textId="77777777" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="7B96A1E3" w14:textId="77777777">
+          <w:p w14:paraId="7B96A1E3" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Violence or Aggression</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B1073C" w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="02CD9664" w14:textId="0262A77A">
+          <w:p w14:paraId="02CD9664" w14:textId="0262A77A" w:rsidR="006C606C" w:rsidRPr="00B1073C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Threat of physical / verbal abuse directed at NSC staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="5821A4D8" w14:textId="77777777">
+          <w:p w14:paraId="5821A4D8" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="22ECB95F" w14:textId="77777777">
+          <w:p w14:paraId="22ECB95F" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>NSC Staff</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="2F151F79" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="438C6E69" w14:textId="77777777">
+          <w:p w14:paraId="2F151F79" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="438C6E69" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B1073C" w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="240F269D" w14:textId="199DCE7D">
+          <w:p w14:paraId="240F269D" w14:textId="199DCE7D" w:rsidR="006C606C" w:rsidRPr="00B1073C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Subject to physical or verbal abuse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="2E55132B" w14:textId="77777777">
+          <w:p w14:paraId="2E55132B" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Students should always be under the supervision of fully qualified staff. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="2694FE67" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="24877D89" w14:textId="77777777">
+          <w:p w14:paraId="2694FE67" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24877D89" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Full briefing made at the beginning of each student visit regarding roles and responsibilities, and conduct expected from students. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="5DBD14BF" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="67D9C1F1" w14:textId="77777777">
+          <w:p w14:paraId="5DBD14BF" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67D9C1F1" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Direct contact with on-site security team or the emergency services if required. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="113B0182" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="744915EC" w14:textId="61BE7588">
+          <w:p w14:paraId="113B0182" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="744915EC" w14:textId="61BE7588" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Staff have completed de-escalation training. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="32DAFB1E" w14:textId="16862116">
+          <w:p w14:paraId="32DAFB1E" w14:textId="16862116" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="32AFF726" w14:textId="77777777">
+          <w:p w14:paraId="32AFF726" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Likelihood: 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="23A94273" w14:textId="77777777">
+          <w:p w14:paraId="23A94273" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Severity: 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="2F6700DB" w14:textId="77777777">
+          <w:p w14:paraId="2F6700DB" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Risk Rating: 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="15E07575" w14:textId="1D98AB8D">
+          <w:p w14:paraId="15E07575" w14:textId="1D98AB8D" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1073C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="5F06CEE3" w14:textId="04F9F979">
+          <w:p w14:paraId="5F06CEE3" w14:textId="04F9F979" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="233BBBF3" w14:textId="04E441BF">
+          <w:p w14:paraId="233BBBF3" w14:textId="04E441BF" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="006C606C" w:rsidTr="003F32C6" w14:paraId="01921040" w14:textId="77777777">
+      <w:tr w:rsidR="006C606C" w:rsidRPr="00740B50" w14:paraId="01921040" w14:textId="77777777" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="58B001EE" w14:textId="77777777">
+          <w:p w14:paraId="58B001EE" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Exposure to strobe lighting</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006C606C" w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="16403A82" w14:textId="308001F4">
+          <w:p w14:paraId="16403A82" w14:textId="308001F4" w:rsidR="006C606C" w:rsidRPr="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Use of strobe lighting or flashing images during planetarium shows or presentations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="770E74C7" w14:textId="77777777">
+          <w:p w14:paraId="770E74C7" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="6EA11936" w14:textId="77777777">
+          <w:p w14:paraId="6EA11936" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students, teachers or supervisors</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="032C08C1" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="6C17EBBC" w14:textId="77777777">
+          <w:p w14:paraId="032C08C1" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C17EBBC" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006C606C" w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="39113C0F" w14:textId="6442E4B1">
+          <w:p w14:paraId="39113C0F" w14:textId="6442E4B1" w:rsidR="006C606C" w:rsidRPr="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Exposure to strobe lighting or flashing images having an adverse effect on visitors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="6477AB4F" w14:textId="77777777">
+          <w:p w14:paraId="6477AB4F" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Minimal strobe lighting in use where possible. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="6F8471C0" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="11FDDF48" w14:textId="77777777">
+          <w:p w14:paraId="6F8471C0" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11FDDF48" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Warning issued of strobe lighting effects used during the full briefing. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="5E1E84EE" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="4BF4FF29" w14:textId="77777777">
+          <w:p w14:paraId="5E1E84EE" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BF4FF29" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Persons who may be at risk advised to consider avoiding the show. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="076DFA75" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="6539D314" w14:textId="10460012">
+          <w:p w14:paraId="076DFA75" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6539D314" w14:textId="10460012" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Persons who may be at risk able to leave the Planetarium during the show if required. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="766398FA" w14:textId="7CDFBE53">
+          <w:p w14:paraId="766398FA" w14:textId="7CDFBE53" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="2E956DF7" w14:textId="58356A1F">
+          <w:p w14:paraId="2E956DF7" w14:textId="58356A1F" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Likelihood: 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="35A8614A" w14:textId="77777777">
+          <w:p w14:paraId="35A8614A" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Severity: 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="17A93571" w14:textId="4F6CC025">
+          <w:p w14:paraId="17A93571" w14:textId="4F6CC025" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Risk Rating: 6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="65F0B28B" w14:textId="5173F68F">
+          <w:p w14:paraId="65F0B28B" w14:textId="5173F68F" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1073C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="5DFE64C6" w14:textId="68C6A2DD">
+          <w:p w14:paraId="5DFE64C6" w14:textId="68C6A2DD" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="036CD773" w14:textId="2762ED1A">
+          <w:p w14:paraId="036CD773" w14:textId="2762ED1A" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="006C606C" w:rsidTr="003F32C6" w14:paraId="1A5FE13C" w14:textId="77777777">
+      <w:tr w:rsidR="006C606C" w:rsidRPr="00740B50" w14:paraId="1A5FE13C" w14:textId="77777777" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="16A66A28" w14:textId="77777777">
+          <w:p w14:paraId="16A66A28" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Existing medical conditions</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006C606C" w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="276C0629" w14:textId="10847158">
+          <w:p w14:paraId="276C0629" w14:textId="10847158" w:rsidR="006C606C" w:rsidRPr="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students visiting the NSC who have existing medical conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="77983588" w14:textId="77777777">
+          <w:p w14:paraId="77983588" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="3DF8D8D8" w14:textId="77777777">
+          <w:p w14:paraId="3DF8D8D8" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="36BB6EE0" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="7DFFD515" w14:textId="77777777">
+          <w:p w14:paraId="36BB6EE0" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DFFD515" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006C606C" w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="763516ED" w14:textId="2B3B0F8D">
+          <w:p w14:paraId="763516ED" w14:textId="2B3B0F8D" w:rsidR="006C606C" w:rsidRPr="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students becoming ill due to existing medical conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="41C723E2" w14:textId="77777777">
+          <w:p w14:paraId="41C723E2" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>The National Space Centre requests that all teachers / supervisors / group leaders be in possession of:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="22BBE388" w14:textId="77777777">
+          <w:p w14:paraId="22BBE388" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>All relevant details of affected individuals prior to visiting</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="4D6B996B" w14:textId="77777777">
+          <w:p w14:paraId="4D6B996B" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Any medication that might need to be administered</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="20C9B817" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="215DB08A" w14:textId="77777777">
+          <w:p w14:paraId="20C9B817" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="215DB08A" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">The NSC requests that teachers / supervisors / group leaders provide a risk assessment for students with existing medical conditions prior to their visit / at the time of booking. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="17CAC39D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="3063A07B" w14:textId="1BCFF414">
+          <w:p w14:paraId="17CAC39D" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3063A07B" w14:textId="1BCFF414" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">A designated number of NSC staff are trained in First Aid at Work and able to administer first aid. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="021715EE" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="5985D61E" w14:textId="77777777">
+          <w:p w14:paraId="021715EE" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5985D61E" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">All First Aiders have been cleared with a DBS check to ensure they are able to work with children. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="475C998A" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="02AE8619" w14:textId="77777777">
+          <w:p w14:paraId="475C998A" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02AE8619" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Provision of a fully stocked first aid room. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="4D3C73CC" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="692FDD0B" w14:textId="77777777">
+          <w:p w14:paraId="4D3C73CC" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="692FDD0B" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Direct telephone line installed to enable contact with the emergency services if required. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="6A529A02" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="006C606C" w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="6DBD7F9A" w14:textId="1B3A9581">
+          <w:p w14:paraId="6A529A02" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DBD7F9A" w14:textId="1B3A9581" w:rsidR="006C606C" w:rsidRPr="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">All students and young persons to be accompanied by a teacher or supervisor when receiving first aid treatment on site. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="19D51A61" w14:textId="33F6DDAF">
+          <w:p w14:paraId="19D51A61" w14:textId="33F6DDAF" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="20A35333" w14:textId="77777777">
+          <w:p w14:paraId="20A35333" w14:textId="77777777" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Likelihood: 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="34BB9016" w14:textId="3892BBD1">
+          <w:p w14:paraId="34BB9016" w14:textId="3892BBD1" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Severity: 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="1A937D8D" w14:textId="7579F5E3">
+          <w:p w14:paraId="1A937D8D" w14:textId="7579F5E3" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Risk Rating: 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="1F61B037" w14:textId="274450BB">
+          <w:p w14:paraId="1F61B037" w14:textId="274450BB" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1073C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="01B1F192" w14:textId="02D9ECDB">
+          <w:p w14:paraId="01B1F192" w14:textId="02D9ECDB" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006C606C" w:rsidP="006C606C" w:rsidRDefault="006C606C" w14:paraId="228D1B5F" w14:textId="7D6035A4">
+          <w:p w14:paraId="228D1B5F" w14:textId="7D6035A4" w:rsidR="006C606C" w:rsidRDefault="006C606C" w:rsidP="006C606C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="00B23321" w:rsidTr="003F32C6" w14:paraId="5E20F38F" w14:textId="77777777">
+      <w:tr w:rsidR="00B23321" w:rsidRPr="00740B50" w14:paraId="5E20F38F" w14:textId="77777777" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="0169DE6E" w14:textId="77777777">
+          <w:p w14:paraId="0169DE6E" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Allergies</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006470DC" w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="761C3859" w14:textId="58EC22C3">
+          <w:p w14:paraId="761C3859" w14:textId="58EC22C3" w:rsidR="00B23321" w:rsidRPr="006470DC" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students or teachers visiting the National Space Centre who have an allergy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="441AFA4E" w14:textId="77777777">
+          <w:p w14:paraId="441AFA4E" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="66FABC7D" w14:textId="77777777">
+          <w:p w14:paraId="66FABC7D" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Students, teachers, supervisors</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="634E2F4A" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="7B316286" w14:textId="77777777">
+          <w:p w14:paraId="634E2F4A" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B316286" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006470DC" w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="33AA95CF" w14:textId="50539DF0">
+          <w:p w14:paraId="33AA95CF" w14:textId="50539DF0" w:rsidR="00B23321" w:rsidRPr="006470DC" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Anaphylactic shock, exposure to allergens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="31CEE858" w14:textId="77777777">
+          <w:p w14:paraId="31CEE858" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Teachers / supervisors / group leaders to inform the National Space Centre of allergies prior to visit. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="4282E89A" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="5AE6FACC" w14:textId="77777777">
+          <w:p w14:paraId="4282E89A" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AE6FACC" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Separate lunch area can be provided upon request. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="61E33A80" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="3241FA32" w14:textId="0130CA83">
+          <w:p w14:paraId="61E33A80" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3241FA32" w14:textId="0130CA83" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Allergen information can be provided upon request. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="28281B65" w14:textId="68055C97">
+          <w:p w14:paraId="28281B65" w14:textId="68055C97" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="30BDF754" w14:textId="77777777">
+          <w:p w14:paraId="30BDF754" w14:textId="77777777" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Likelihood: 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="02C62FA1" w14:textId="3584BFB9">
+          <w:p w14:paraId="02C62FA1" w14:textId="3584BFB9" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Severity: 5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="5F428ECC" w14:textId="176D07F2">
+          <w:p w14:paraId="5F428ECC" w14:textId="176D07F2" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Risk Rating: 5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="25AFB341" w14:textId="14E98FE9">
+          <w:p w14:paraId="25AFB341" w14:textId="14E98FE9" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1073C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="607C9BFA" w14:textId="71EA1EED">
+          <w:p w14:paraId="607C9BFA" w14:textId="71EA1EED" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23321" w:rsidP="00B23321" w:rsidRDefault="00B23321" w14:paraId="2778BE15" w14:textId="3DB1614F">
+          <w:p w14:paraId="2778BE15" w14:textId="3DB1614F" w:rsidR="00B23321" w:rsidRDefault="00B23321" w:rsidP="00B23321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00740B50" w:rsidR="003F32C6" w:rsidTr="003F32C6" w14:paraId="41307BF3" w14:textId="77777777">
+      <w:tr w:rsidR="003F32C6" w:rsidRPr="00740B50" w14:paraId="41307BF3" w14:textId="77777777" w:rsidTr="003F32C6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="233C949B" w14:textId="77777777">
+          <w:p w14:paraId="233C949B" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Latex Allergies</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="0D8F3BE6" w14:textId="77777777">
+          <w:p w14:paraId="0D8F3BE6" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Protein in rubber (latex) can cause an allergic reaction</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="63B100EC" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="34327304" w14:textId="77777777">
+          <w:p w14:paraId="63B100EC" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34327304" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Symptoms include:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="0EB2B69E" w14:textId="77777777">
+          <w:p w14:paraId="0EB2B69E" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Itchy skin</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="5B0C12DF" w14:textId="77777777">
+          <w:p w14:paraId="5B0C12DF" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Watery eyes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="08086DF9" w14:textId="77777777">
+          <w:p w14:paraId="08086DF9" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Runny nose</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="566DA54A" w14:textId="77777777">
+          <w:p w14:paraId="566DA54A" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Sneezing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="540750F1" w14:textId="77777777">
+          <w:p w14:paraId="540750F1" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Coughing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="39C3E49D" w14:textId="77777777">
+          <w:p w14:paraId="39C3E49D" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Rashes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="1C199E85" w14:textId="77777777">
+          <w:p w14:paraId="1C199E85" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Tight chest</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="52492DDC" w14:textId="77777777">
+          <w:p w14:paraId="52492DDC" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Wheezing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="0A1D8227" w14:textId="77777777">
+          <w:p w14:paraId="0A1D8227" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Shock </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0090572F" w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="1AF3D69F" w14:textId="6EDFDE97">
+          <w:p w14:paraId="1AF3D69F" w14:textId="6EDFDE97" w:rsidR="003F32C6" w:rsidRPr="0090572F" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Dizziness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="2C4E51E8" w14:textId="77777777">
+          <w:p w14:paraId="2C4E51E8" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="306F0306" w14:textId="77777777">
+          <w:p w14:paraId="306F0306" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Visitors to the National Space Centre</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="32939080" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="0E4CD2F3" w14:textId="77777777">
+          <w:p w14:paraId="32939080" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E4CD2F3" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0090572F" w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="177D5520" w14:textId="65FE71DC">
+          <w:p w14:paraId="177D5520" w14:textId="65FE71DC" w:rsidR="003F32C6" w:rsidRPr="0090572F" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Exposure to latex, anaphylactic shock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="3D7AF09F" w14:textId="77777777">
+          <w:p w14:paraId="3D7AF09F" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Information provided to visitors on allergy information prior to their visit on site. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="7F6B6AAD" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="106A5D3D" w14:textId="77777777">
+          <w:p w14:paraId="7F6B6AAD" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="106A5D3D" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Gloves used on site:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="66F0D1DD" w14:textId="77777777">
+          <w:p w14:paraId="66F0D1DD" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Boosters / Kitchen: vinyl</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="24EBEECF" w14:textId="77777777">
+          <w:p w14:paraId="24EBEECF" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>First aid kits: nitrile</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="594B4187" w14:textId="77777777">
+          <w:p w14:paraId="594B4187" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Housekeeping: vinyl</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="2D8759A2" w14:textId="77777777">
+          <w:p w14:paraId="2D8759A2" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Curatorial: nitrile</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="4BD24710" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="58438D4B" w14:textId="77777777">
+          <w:p w14:paraId="4BD24710" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58438D4B" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">First aid kits on site contain latex free plasters. Plasters used are ‘low allergy’ plasters. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="65A50A6E" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="7575442D" w14:textId="77777777">
+          <w:p w14:paraId="65A50A6E" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7575442D" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Areas where latex is used on site:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="5FDACB05" w14:textId="77777777">
+          <w:p w14:paraId="5FDACB05" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Balloons used in NSC Discovery talks and table top activities</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="4C736DAD" w14:textId="77777777">
+          <w:p w14:paraId="4C736DAD" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Pressure suit used in NSC Discovery and National Space Academy talks and table top activities</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="3DD27AD3" w14:textId="77777777">
+          <w:p w14:paraId="3DD27AD3" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronauts and Science Go Hand in Hand exhibition’: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>reusable black latex gloves used as part of exhibition</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="2DD66D83" w14:textId="77777777">
+          <w:p w14:paraId="2DD66D83" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Latex used to seal middle layer of flooring. The latex is sealed and unlikely to present problems to those with allergies as no powder can be dispersed. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="23ABAC60" w14:textId="77777777">
+          <w:p w14:paraId="23ABAC60" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Gloves in use within Tetra Star Spaceport experience. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="2EB420BA" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="003F32C6" w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="3E376B6A" w14:textId="377433F7">
+          <w:p w14:paraId="2EB420BA" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E376B6A" w14:textId="377433F7" w:rsidR="003F32C6" w:rsidRPr="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">If NSC is made aware of those with a latex allergy, talks and table top activities that do not use materials containing latex will be planned in advance. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="6F20A396" w14:textId="4742ADBB">
+          <w:p w14:paraId="6F20A396" w14:textId="4742ADBB" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="640FC98E" w14:textId="77777777">
+          <w:p w14:paraId="640FC98E" w14:textId="77777777" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Likelihood: 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="4CB438A2" w14:textId="20E40C93">
+          <w:p w14:paraId="4CB438A2" w14:textId="20E40C93" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Severity: 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="38ED75D8" w14:textId="440F135D">
+          <w:p w14:paraId="38ED75D8" w14:textId="440F135D" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Risk Rating: 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="5230A8C7" w14:textId="08CEB4E4">
+          <w:p w14:paraId="5230A8C7" w14:textId="08CEB4E4" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1073C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>[Low]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="2FC7BABA" w14:textId="7CFE44FF">
+          <w:p w14:paraId="2FC7BABA" w14:textId="7CFE44FF" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F32C6" w:rsidP="003F32C6" w:rsidRDefault="003F32C6" w14:paraId="1C5342A5" w14:textId="41A9F75A">
+          <w:p w14:paraId="1C5342A5" w14:textId="41A9F75A" w:rsidR="003F32C6" w:rsidRDefault="003F32C6" w:rsidP="003F32C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00740B50" w:rsidP="00F36488" w:rsidRDefault="00740B50" w14:paraId="6867017E" w14:textId="77777777">
+    <w:p w14:paraId="6867017E" w14:textId="77777777" w:rsidR="00740B50" w:rsidRDefault="00740B50" w:rsidP="00F36488">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="007359CA" w:rsidR="005E614F" w:rsidP="005E614F" w:rsidRDefault="005E614F" w14:paraId="3F8C15A1" w14:textId="52F6FD7A">
+    <w:p w14:paraId="3F8C15A1" w14:textId="52F6FD7A" w:rsidR="005E614F" w:rsidRPr="007359CA" w:rsidRDefault="005E614F" w:rsidP="005E614F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Risk Rating Matrix</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E614F" w:rsidP="005E614F" w:rsidRDefault="005E614F" w14:paraId="7C269495" w14:textId="77777777">
+    <w:p w14:paraId="7C269495" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="005E614F">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Risk = Likelihood of harm x Severity of harm</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E614F" w:rsidP="005E614F" w:rsidRDefault="005E614F" w14:paraId="6F1F02D3" w14:textId="77777777">
+    <w:p w14:paraId="6F1F02D3" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="005E614F">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>R = L x S</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E614F" w:rsidP="005E614F" w:rsidRDefault="005E614F" w14:paraId="13BC4BAC" w14:textId="77777777">
+    <w:p w14:paraId="13BC4BAC" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="005E614F">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Low risk = 1 – 6, Medium risk = 8 - 12, High risk = 15 - 25</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E614F" w:rsidP="005E614F" w:rsidRDefault="005E614F" w14:paraId="39AFB211" w14:textId="77777777">
+    <w:p w14:paraId="39AFB211" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="005E614F">
       <w:pPr>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11379" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="C0C0C0" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="970"/>
         <w:gridCol w:w="1869"/>
         <w:gridCol w:w="1694"/>
         <w:gridCol w:w="1694"/>
-        <w:gridCol w:w="1820"/>
+        <w:gridCol w:w="1819"/>
         <w:gridCol w:w="1639"/>
         <w:gridCol w:w="1694"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="0A7135C1" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="0A7135C1" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A11636" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="244F12F0" w14:textId="77777777">
+          <w:p w14:paraId="244F12F0" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="00A11636" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8364" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A11636" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="08965616" w14:textId="77777777">
+          <w:p w14:paraId="08965616" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="00A11636" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A11636">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>S = Severity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="59766743" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="59766743" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00A11636" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="3427E396" w14:textId="77777777">
+          <w:p w14:paraId="3427E396" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="00A11636" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="7952CD5A" w14:textId="77777777">
+          <w:p w14:paraId="7952CD5A" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Negligible Consequences (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="789CEA0E" w14:textId="77777777">
+          <w:p w14:paraId="789CEA0E" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Low Consequences (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="36CC1EBC" w14:textId="77777777">
+          <w:p w14:paraId="36CC1EBC" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Moderate Consequences (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="4FC3F1AE" w14:textId="77777777">
+          <w:p w14:paraId="4FC3F1AE" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Significant Consequences (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="2B1B82D1" w14:textId="77777777">
+          <w:p w14:paraId="2B1B82D1" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Catastrophic Consequences (5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="1BC418A6" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="1BC418A6" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidRPr="000C6AD5" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="2E645F4A" w14:textId="77777777">
+          <w:p w14:paraId="2E645F4A" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="000C6AD5" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C6AD5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>L = Likelihood</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="5BA86D94" w14:textId="77777777">
+          <w:p w14:paraId="5BA86D94" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Very unlikely (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="67809C7B" w14:textId="77777777">
+          <w:p w14:paraId="67809C7B" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>1 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="4C001318" w14:textId="77777777">
+          <w:p w14:paraId="4C001318" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>2 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="39E95596" w14:textId="77777777">
+          <w:p w14:paraId="39E95596" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>3 – Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="47853B7A" w14:textId="77777777">
+          <w:p w14:paraId="47853B7A" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>4 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="5D4784F2" w14:textId="77777777">
+          <w:p w14:paraId="5D4784F2" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>5 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="231CAC7C" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="231CAC7C" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="4CF25EE3" w14:textId="77777777">
+          <w:p w14:paraId="4CF25EE3" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="092F085B" w14:textId="77777777">
+          <w:p w14:paraId="092F085B" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Unlikely (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="6C602F06" w14:textId="77777777">
+          <w:p w14:paraId="6C602F06" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>2 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="40F8DA36" w14:textId="77777777">
+          <w:p w14:paraId="40F8DA36" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>4 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="25D82C26" w14:textId="77777777">
+          <w:p w14:paraId="25D82C26" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>6 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="7122822C" w14:textId="77777777">
+          <w:p w14:paraId="7122822C" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>8 = Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="53E8C00E" w14:textId="77777777">
+          <w:p w14:paraId="53E8C00E" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>10 = Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="758B6110" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="758B6110" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="1E11CAE5" w14:textId="77777777">
+          <w:p w14:paraId="1E11CAE5" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="2BA16F5C" w14:textId="77777777">
+          <w:p w14:paraId="2BA16F5C" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Likely (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="6B39F0CA" w14:textId="77777777">
+          <w:p w14:paraId="6B39F0CA" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>3 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="28D76374" w14:textId="77777777">
+          <w:p w14:paraId="28D76374" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>6 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="6A0F2C89" w14:textId="77777777">
+          <w:p w14:paraId="6A0F2C89" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>9 = Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="632C63FA" w14:textId="77777777">
+          <w:p w14:paraId="632C63FA" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>12 = Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="3904505A" w14:textId="77777777">
+          <w:p w14:paraId="3904505A" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>15 = High</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="06D85468" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="06D85468" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="7F1790E1" w14:textId="77777777">
+          <w:p w14:paraId="7F1790E1" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="461E017F" w14:textId="77777777">
+          <w:p w14:paraId="461E017F" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Very likely (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="082C456C" w14:textId="77777777">
+          <w:p w14:paraId="082C456C" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>4 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="2570035F" w14:textId="77777777">
+          <w:p w14:paraId="2570035F" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>8 = Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="553E23C2" w14:textId="77777777">
+          <w:p w14:paraId="553E23C2" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>12 = Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="4BEEB7EC" w14:textId="77777777">
+          <w:p w14:paraId="4BEEB7EC" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>16 = High</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="2012A889" w14:textId="77777777">
+          <w:p w14:paraId="2012A889" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>20 = High</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="086E7DFE" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="086E7DFE" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="342ADBF2" w14:textId="77777777">
+          <w:p w14:paraId="342ADBF2" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="6B44954C" w14:textId="77777777">
+          <w:p w14:paraId="6B44954C" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Almost certain (5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="41208244" w14:textId="77777777">
+          <w:p w14:paraId="41208244" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>5 = Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="173235B6" w14:textId="77777777">
+          <w:p w14:paraId="173235B6" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>10 = Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="7C4333C5" w14:textId="77777777">
+          <w:p w14:paraId="7C4333C5" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>15 = High</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="392616A9" w14:textId="77777777">
+          <w:p w14:paraId="392616A9" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>20 = High</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="003759AA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="0540223F" w14:textId="77777777">
+          <w:p w14:paraId="0540223F" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="003759AA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003759AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>25 = High</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005E614F" w:rsidP="005E614F" w:rsidRDefault="005E614F" w14:paraId="11E4281B" w14:textId="77777777"/>
+    <w:p w14:paraId="11E4281B" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="005E614F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14497" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="808080" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="C0C0C0" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1740"/>
         <w:gridCol w:w="12757"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="085CAEDB" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="085CAEDB" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="78E35B70" w14:textId="77777777">
+          <w:p w14:paraId="78E35B70" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12757" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="002E0220" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="4537CA67" w14:textId="77777777">
+          <w:p w14:paraId="4537CA67" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="002E0220" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E07F0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Risk Rating Definitions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Guidelines</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="6D33691A" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="6D33691A" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009A2CD5" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="66ACCE70" w14:textId="77777777">
+          <w:p w14:paraId="66ACCE70" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="009A2CD5" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2CD5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
               <w:t>Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12757" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00473496" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="0E789873" w14:textId="77777777">
+          <w:p w14:paraId="0E789873" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="00473496" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Minor to no injury, damage or impact to health. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="437D2D9F" w14:textId="77777777">
+          <w:p w14:paraId="437D2D9F" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="007A7CBA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="344C0F4B" w14:textId="77777777">
+          <w:p w14:paraId="344C0F4B" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="007A7CBA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A7CBA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">This is an acceptable level of risk. No further controls are required as the risk rating cannot be reduced any further. However, it is advised continual monitoring occurs to ensure that no changes/deviation of control measures occur. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007A7CBA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="64F3849D" w14:textId="77777777">
+          <w:p w14:paraId="64F3849D" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="007A7CBA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="730F075C" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="730F075C" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009A2CD5" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="68540420" w14:textId="77777777">
+          <w:p w14:paraId="68540420" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="009A2CD5" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2CD5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12757" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00473496" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="7A2F3F3A" w14:textId="77777777">
+          <w:p w14:paraId="7A2F3F3A" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="00473496" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">An injury requiring further medical assistance, a RIDDOR reportable incident, moderate impact to health or moderate damage to property. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="01997ABA" w14:textId="77777777">
+          <w:p w14:paraId="01997ABA" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="7805DF33" w14:textId="2DEE821A">
+          <w:p w14:paraId="7805DF33" w14:textId="2DEE821A" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>It is advised that further control measures are implemented to reduce the risk rating to a</w:t>
             </w:r>
             <w:r w:rsidR="00B21DE9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> low a level as possible. If the risk cannot be reduced to lower than a medium, then on-site monitoring should occur to ensure that all stipulated controls are b</w:t>
             </w:r>
             <w:r w:rsidR="00B21DE9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>eing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> adhered to. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007A7CBA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="1450991F" w14:textId="77777777">
+          <w:p w14:paraId="1450991F" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="007A7CBA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E614F" w:rsidTr="00FE493B" w14:paraId="24D83B0F" w14:textId="77777777">
+      <w:tr w:rsidR="005E614F" w14:paraId="24D83B0F" w14:textId="77777777" w:rsidTr="00FE493B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009A2CD5" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="229A511B" w14:textId="77777777">
+          <w:p w14:paraId="229A511B" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="009A2CD5" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A2CD5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="red"/>
               </w:rPr>
               <w:t>High</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12757" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="C0C0C0" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="808080" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="152635E1" w14:textId="77777777">
+          <w:p w14:paraId="152635E1" w14:textId="77777777" w:rsidR="005E614F" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473496">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Death, paralysis, long term serious ill health</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or severe damage to property. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00473496" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="75EDADA2" w14:textId="77777777">
+          <w:p w14:paraId="75EDADA2" w14:textId="77777777" w:rsidR="005E614F" w:rsidRPr="00473496" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="007A7CBA" w:rsidR="005E614F" w:rsidP="00FE493B" w:rsidRDefault="005E614F" w14:paraId="3A2B2932" w14:textId="6BCA3A00">
+          <w:p w14:paraId="3A2B2932" w14:textId="6BCA3A00" w:rsidR="005E614F" w:rsidRPr="007A7CBA" w:rsidRDefault="005E614F" w:rsidP="00FE493B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">This is an unacceptable risk rating. Urgent interim controls should be implemented to reduce the risk so far as is reasonably practicable. If the risk rating cannot be reduced to lower than high, then a documented safe system of work should be implemented to control the activity. It may be necessary to seek further professional advice. Serious consideration should be given to the validity of carrying out the activity at all. Regular </w:t>
             </w:r>
             <w:r w:rsidR="004C2371">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">onitoring of the activity should occur. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="007359CA" w:rsidR="00E0220F" w:rsidP="00F36488" w:rsidRDefault="00E0220F" w14:paraId="11A960E7" w14:textId="77777777"/>
-    <w:sectPr w:rsidRPr="007359CA" w:rsidR="00E0220F" w:rsidSect="00DB4061">
+    <w:p w14:paraId="11A960E7" w14:textId="77777777" w:rsidR="00E0220F" w:rsidRPr="007359CA" w:rsidRDefault="00E0220F" w:rsidP="00F36488"/>
+    <w:sectPr w:rsidR="00E0220F" w:rsidRPr="007359CA" w:rsidSect="00DB4061">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="567" w:right="1440" w:bottom="567" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0046230F" w:rsidP="0019429B" w:rsidRDefault="0046230F" w14:paraId="19A070F6" w14:textId="77777777">
+    <w:p w14:paraId="557B35C9" w14:textId="77777777" w:rsidR="004765DE" w:rsidRDefault="004765DE" w:rsidP="0019429B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0046230F" w:rsidP="0019429B" w:rsidRDefault="0046230F" w14:paraId="7C192EE7" w14:textId="77777777">
+    <w:p w14:paraId="7D403302" w14:textId="77777777" w:rsidR="004765DE" w:rsidRDefault="004765DE" w:rsidP="0019429B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0046230F" w:rsidRDefault="0046230F" w14:paraId="61FDC3EE" w14:textId="77777777"/>
+    <w:p w14:paraId="3125B12D" w14:textId="77777777" w:rsidR="004765DE" w:rsidRDefault="004765DE"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00F26998" w:rsidRDefault="003A1CE1" w14:paraId="3C03C0C4" w14:textId="13FA9A1E">
+  <w:p w14:paraId="3C03C0C4" w14:textId="13FA9A1E" w:rsidR="00F26998" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-    </w:r>
-[...3 lines deleted...]
-      </w:rPr>
       <w:pict w14:anchorId="5FA11C6F">
-        <v:rect id="_x0000_i1025" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" alt="" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#aca899" stroked="f"/>
+        <v:rect id="_x0000_i1025" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#aca899" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F26998" w:rsidRDefault="00F26998" w14:paraId="7706EF73" w14:textId="77777777">
+  <w:p w14:paraId="7706EF73" w14:textId="77777777" w:rsidR="00F26998" w:rsidRDefault="00F26998">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:iCs/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>National Space Centre</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0046230F" w:rsidP="0019429B" w:rsidRDefault="0046230F" w14:paraId="33396646" w14:textId="77777777">
+    <w:p w14:paraId="3AC2E2CB" w14:textId="77777777" w:rsidR="004765DE" w:rsidRDefault="004765DE" w:rsidP="0019429B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0046230F" w:rsidP="0019429B" w:rsidRDefault="0046230F" w14:paraId="4D0F4DB9" w14:textId="77777777">
+    <w:p w14:paraId="04DA92FE" w14:textId="77777777" w:rsidR="004765DE" w:rsidRDefault="004765DE" w:rsidP="0019429B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="0046230F" w:rsidRDefault="0046230F" w14:paraId="3EFBD436" w14:textId="77777777"/>
+    <w:p w14:paraId="1F7A815E" w14:textId="77777777" w:rsidR="004765DE" w:rsidRDefault="004765DE"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0038167D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F40AC06E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01170985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A4C3198"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
@@ -7958,453 +7925,453 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AB902B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="915E3B32"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AFD49AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CA09E30"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D4B1BCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1506EBE8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2700" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DB629D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FFE0FBE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
@@ -8464,51 +8431,51 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E6F6C4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D623846"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -8592,51 +8559,51 @@
     <w:tmpl w:val="5FFE0FBE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
@@ -8693,319 +8660,319 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10F5468A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC34A854"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14F647EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2856F3BA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16212969"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FFE0FBE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
@@ -9065,51 +9032,51 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F1C3005"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A36D462"/>
     <w:lvl w:ilvl="0" w:tplc="17686736">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="180"/>
@@ -9182,191 +9149,191 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="214916E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0E0135E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24726627"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D623846"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -9551,284 +9518,284 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="263159D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6302B0C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E022F9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="396EB80E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="337A0A51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A4C3198"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9917,51 +9884,51 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="379F03F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D623846"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -10149,677 +10116,677 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F8052C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CA09E30"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55C5344C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E834AA06"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56C5741B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C150B348"/>
     <w:lvl w:ilvl="0" w:tplc="3E800AA2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="58D204C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="62DE5402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="67105F6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="39C48BE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8020C708">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="156C2C14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="70E6AC4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C622BB0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57DA19B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3287564"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A287786"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55A04B68"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A635B20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FFE0FBE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5930E240">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -10911,704 +10878,704 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CDA5C98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CA09E30"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60811008"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E787D1C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60E03845"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F334AA30"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66DF5590"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="671654E8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69044FDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E18405B2"/>
     <w:lvl w:ilvl="0" w:tplc="E52EC5F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D9C265D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="09FA0E70">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="570A930E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="23F00E14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="69542876">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="8E7E0D82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7ADE162C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="07DAA504">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E7E30A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D623846"/>
     <w:lvl w:ilvl="0" w:tplc="5930E240">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -11712,51 +11679,51 @@
     <w:tmpl w:val="5FFE0FBE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
@@ -11813,260 +11780,260 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7926CBD2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC06052C"/>
     <w:lvl w:ilvl="0" w:tplc="DF067C80">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CE341BB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="31AE4C96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A664DEA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="61940232">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8F4E2002">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="691CACCA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="723A7C40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2878F896">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B57070B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9C0881E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C8557E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="388239CA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -12170,51 +12137,51 @@
     <w:tmpl w:val="5FFE0FBE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
@@ -12322,51 +12289,51 @@
   <w:num w:numId="14" w16cid:durableId="312611147">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="728387138">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1982809013">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="944772528">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="669406396">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1003" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1915629973">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1660959721">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="639265595">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2127262776">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1250113019">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="173496997">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1214539220">
     <w:abstractNumId w:val="22"/>
   </w:num>
@@ -12392,53 +12359,53 @@
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2124154839">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="752746833">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="917597415">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="764038225">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="735276305">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2072187660">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -12543,50 +12510,51 @@
     <w:rsid w:val="003A26C7"/>
     <w:rsid w:val="003B3BA0"/>
     <w:rsid w:val="003B6656"/>
     <w:rsid w:val="003C4AF0"/>
     <w:rsid w:val="003C6F78"/>
     <w:rsid w:val="003D2938"/>
     <w:rsid w:val="003D5B1F"/>
     <w:rsid w:val="003D6934"/>
     <w:rsid w:val="003E108F"/>
     <w:rsid w:val="003E70A8"/>
     <w:rsid w:val="003F0DAD"/>
     <w:rsid w:val="003F32C6"/>
     <w:rsid w:val="003F7569"/>
     <w:rsid w:val="00401A86"/>
     <w:rsid w:val="00402B5F"/>
     <w:rsid w:val="00414DAB"/>
     <w:rsid w:val="00433647"/>
     <w:rsid w:val="00433989"/>
     <w:rsid w:val="004371F6"/>
     <w:rsid w:val="00442F30"/>
     <w:rsid w:val="00443B0F"/>
     <w:rsid w:val="00444C4E"/>
     <w:rsid w:val="00451D30"/>
     <w:rsid w:val="0046230F"/>
     <w:rsid w:val="00475109"/>
+    <w:rsid w:val="004765DE"/>
     <w:rsid w:val="004852EA"/>
     <w:rsid w:val="004870DE"/>
     <w:rsid w:val="00495693"/>
     <w:rsid w:val="004B041A"/>
     <w:rsid w:val="004B3984"/>
     <w:rsid w:val="004C2371"/>
     <w:rsid w:val="004D36CD"/>
     <w:rsid w:val="004E2151"/>
     <w:rsid w:val="004F0BCF"/>
     <w:rsid w:val="005063A5"/>
     <w:rsid w:val="00521FAC"/>
     <w:rsid w:val="00524D3C"/>
     <w:rsid w:val="00525E2B"/>
     <w:rsid w:val="00525EEE"/>
     <w:rsid w:val="005325D2"/>
     <w:rsid w:val="00536FE7"/>
     <w:rsid w:val="00544927"/>
     <w:rsid w:val="00545CE0"/>
     <w:rsid w:val="0055748A"/>
     <w:rsid w:val="00560229"/>
     <w:rsid w:val="00563B59"/>
     <w:rsid w:val="005706C9"/>
     <w:rsid w:val="00572A8D"/>
     <w:rsid w:val="00575963"/>
     <w:rsid w:val="0058071A"/>
@@ -12686,50 +12654,51 @@
     <w:rsid w:val="008D464F"/>
     <w:rsid w:val="008F436F"/>
     <w:rsid w:val="008F4861"/>
     <w:rsid w:val="00900334"/>
     <w:rsid w:val="00901BB5"/>
     <w:rsid w:val="0090572F"/>
     <w:rsid w:val="00907A9B"/>
     <w:rsid w:val="009134B1"/>
     <w:rsid w:val="009134BE"/>
     <w:rsid w:val="00935C7C"/>
     <w:rsid w:val="0093742D"/>
     <w:rsid w:val="0094413D"/>
     <w:rsid w:val="0096125F"/>
     <w:rsid w:val="009622FF"/>
     <w:rsid w:val="009771E4"/>
     <w:rsid w:val="00977686"/>
     <w:rsid w:val="00982B58"/>
     <w:rsid w:val="009928EE"/>
     <w:rsid w:val="009A2CD5"/>
     <w:rsid w:val="009A370D"/>
     <w:rsid w:val="009A3919"/>
     <w:rsid w:val="009B1C68"/>
     <w:rsid w:val="009B3083"/>
     <w:rsid w:val="009C77A1"/>
     <w:rsid w:val="009D470E"/>
+    <w:rsid w:val="009D7093"/>
     <w:rsid w:val="009F4842"/>
     <w:rsid w:val="00A03960"/>
     <w:rsid w:val="00A1238F"/>
     <w:rsid w:val="00A12B07"/>
     <w:rsid w:val="00A17393"/>
     <w:rsid w:val="00A5015D"/>
     <w:rsid w:val="00A60867"/>
     <w:rsid w:val="00A6299B"/>
     <w:rsid w:val="00A65B6D"/>
     <w:rsid w:val="00A7153A"/>
     <w:rsid w:val="00A745CE"/>
     <w:rsid w:val="00A75D1A"/>
     <w:rsid w:val="00A762BC"/>
     <w:rsid w:val="00A83891"/>
     <w:rsid w:val="00A8719B"/>
     <w:rsid w:val="00A901F1"/>
     <w:rsid w:val="00A90D00"/>
     <w:rsid w:val="00A938BC"/>
     <w:rsid w:val="00AA67CD"/>
     <w:rsid w:val="00AB0CA6"/>
     <w:rsid w:val="00AB7CB1"/>
     <w:rsid w:val="00AC1731"/>
     <w:rsid w:val="00AE64A1"/>
     <w:rsid w:val="00AF60E8"/>
     <w:rsid w:val="00AF6A64"/>
@@ -12834,130 +12803,129 @@
     <w:rsid w:val="00E95CE0"/>
     <w:rsid w:val="00EA7F70"/>
     <w:rsid w:val="00EC1246"/>
     <w:rsid w:val="00ED1501"/>
     <w:rsid w:val="00ED1A49"/>
     <w:rsid w:val="00ED51CC"/>
     <w:rsid w:val="00ED7559"/>
     <w:rsid w:val="00EE1876"/>
     <w:rsid w:val="00EE293D"/>
     <w:rsid w:val="00EF11A5"/>
     <w:rsid w:val="00EF158D"/>
     <w:rsid w:val="00EF56A9"/>
     <w:rsid w:val="00EF7FE0"/>
     <w:rsid w:val="00F00A86"/>
     <w:rsid w:val="00F07BDC"/>
     <w:rsid w:val="00F11989"/>
     <w:rsid w:val="00F23862"/>
     <w:rsid w:val="00F26998"/>
     <w:rsid w:val="00F36488"/>
     <w:rsid w:val="00F374D4"/>
     <w:rsid w:val="00F44351"/>
     <w:rsid w:val="00F4572D"/>
     <w:rsid w:val="00F4687A"/>
     <w:rsid w:val="00F534DD"/>
     <w:rsid w:val="00F60704"/>
+    <w:rsid w:val="00F64887"/>
     <w:rsid w:val="00F6669D"/>
     <w:rsid w:val="00F75705"/>
     <w:rsid w:val="00F75B97"/>
     <w:rsid w:val="00F76847"/>
     <w:rsid w:val="00F85C0D"/>
     <w:rsid w:val="00F86474"/>
     <w:rsid w:val="00F91B6E"/>
     <w:rsid w:val="00F93A73"/>
     <w:rsid w:val="00F94B89"/>
     <w:rsid w:val="00FB076E"/>
     <w:rsid w:val="00FB095B"/>
     <w:rsid w:val="00FB1DD4"/>
     <w:rsid w:val="00FB5BD8"/>
     <w:rsid w:val="00FC5F05"/>
     <w:rsid w:val="00FE256C"/>
     <w:rsid w:val="00FE281E"/>
     <w:rsid w:val="00FE28E6"/>
     <w:rsid w:val="00FE7C42"/>
     <w:rsid w:val="0225F484"/>
     <w:rsid w:val="0226A841"/>
     <w:rsid w:val="0774BECF"/>
     <w:rsid w:val="0FB7B9DC"/>
     <w:rsid w:val="15207396"/>
-    <w:rsid w:val="15B3CABB"/>
     <w:rsid w:val="17B0AB2E"/>
     <w:rsid w:val="1959AA2F"/>
     <w:rsid w:val="1A16BCD0"/>
     <w:rsid w:val="2F7453F2"/>
     <w:rsid w:val="303D2215"/>
     <w:rsid w:val="30B54E81"/>
     <w:rsid w:val="3AB9AD9D"/>
     <w:rsid w:val="3C391BB6"/>
     <w:rsid w:val="41D4F3AA"/>
     <w:rsid w:val="45FDCF0C"/>
     <w:rsid w:val="4DC5CFC1"/>
     <w:rsid w:val="504A8C66"/>
     <w:rsid w:val="55E533D7"/>
     <w:rsid w:val="5BD85A49"/>
     <w:rsid w:val="63CE8904"/>
     <w:rsid w:val="66C61A70"/>
     <w:rsid w:val="7030BF5C"/>
     <w:rsid w:val="74EF28E9"/>
-    <w:rsid w:val="784AA7D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1231368D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6046D783-5CD3-F048-9E43-F2766590241F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12979,73 +12947,73 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -13088,52 +13056,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -13194,57 +13162,57 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003D6934"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
@@ -13330,139 +13298,139 @@
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000080"/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-180"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BULLET1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BULLET1">
     <w:name w:val="BULLET1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7920"/>
       </w:tabs>
       <w:ind w:left="1008" w:hanging="288"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="Table"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00FB1DD4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:eastAsia="MS Mincho"/>
+      <w:rFonts w:ascii="Helvetica" w:eastAsia="MS Mincho" w:hAnsi="Helvetica"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00EE293D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="005E614F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="301348986">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -13521,55 +13489,56 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1932549197">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -13836,50 +13805,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9c206b31-3d2e-432c-a43f-34fb5e9eaf7b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b2737861-2d6c-45d0-ab35-86f9ed9e0640">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010002D18EE376634B429D1638C348727DAF" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8a9c982c1c1c5946f2123e7bb0300336">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b2737861-2d6c-45d0-ab35-86f9ed9e0640" xmlns:ns3="9c206b31-3d2e-432c-a43f-34fb5e9eaf7b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5833ca9fc512ee6e97ec8bc7ff1220ce" ns2:_="" ns3:_="">
     <xsd:import namespace="b2737861-2d6c-45d0-ab35-86f9ed9e0640"/>
     <xsd:import namespace="9c206b31-3d2e-432c-a43f-34fb5e9eaf7b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -14076,140 +14060,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5192DEF1-401A-421E-8BFA-C09945F78DB4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E091CDE3-C7E9-474A-8A61-333CE02FF764}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CE933B2-312F-46FA-BB43-E010B46418A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9c206b31-3d2e-432c-a43f-34fb5e9eaf7b"/>
     <ds:schemaRef ds:uri="b2737861-2d6c-45d0-ab35-86f9ed9e0640"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E091CDE3-C7E9-474A-8A61-333CE02FF764}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5192DEF1-401A-421E-8BFA-C09945F78DB4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b2737861-2d6c-45d0-ab35-86f9ed9e0640"/>
+    <ds:schemaRef ds:uri="9c206b31-3d2e-432c-a43f-34fb5e9eaf7b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D390968A-1633-3A45-85D8-63D693BA19B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{4eabdfce-4b1b-4d2d-bfdc-4e2715bfdfcc}" enabled="0" method="" siteId="{4eabdfce-4b1b-4d2d-bfdc-4e2715bfdfcc}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>9</Pages>
+  <Words>1639</Words>
+  <Characters>9343</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Section 2</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>NB</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>10961</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Section 2</dc:title>
   <dc:subject/>
   <dc:creator>Administrator</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Katrina May Neve</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2023-11-27T09:26:00.0000000Z</lastPrinted>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010002D18EE376634B429D1638C348727DAF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>